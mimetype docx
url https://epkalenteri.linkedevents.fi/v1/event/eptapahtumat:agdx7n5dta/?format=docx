--- v0 (2025-12-20)
+++ v1 (2026-03-03)
@@ -13,77 +13,77 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>pelikeidas galleria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>26.12.2025 perjantai</w:t>
+        <w:t>6.3.2026 perjantai</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t>26.12.2025 perjantai</w:t>
+        <w:t>6.3.2026-7.3.2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:t>16:00-23:00 Keitaan Pelikorttipäivä</w:t>
+        <w:t>11:00-19:00 Keitaan Galleria &amp; Pelipäivä mäkitiellä</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Peli-ilta: pelataa Kurkaa ja pokeria</w:t>
+        <w:t xml:space="preserve"> Galleria retrotavaran osto.vaihto-myynti sekä Peli-ilta: pelataa pokeria ja bilistä</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>osaotto 10€</w:t>
+        <w:t>pelimaksut 5-10€</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>